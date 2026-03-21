--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -137,88 +137,88 @@
     </w:p>
     <w:p w14:paraId="662382D5" w14:textId="47278C59" w:rsidR="00484BB2" w:rsidRPr="00C629A5" w:rsidRDefault="00D6213B" w:rsidP="00484BB2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>近畿</w:t>
       </w:r>
       <w:r w:rsidR="007461F8" w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>大学生活協同組合</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ECB9584" w14:textId="2AC16B49" w:rsidR="007461F8" w:rsidRPr="00C629A5" w:rsidRDefault="007461F8" w:rsidP="007461F8">
+    <w:p w14:paraId="5ECB9584" w14:textId="1900C0A3" w:rsidR="007461F8" w:rsidRPr="00C629A5" w:rsidRDefault="007461F8" w:rsidP="007461F8">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>02</w:t>
       </w:r>
       <w:r w:rsidR="00F043D7">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>６</w:t>
       </w:r>
       <w:r w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00F043D7">
+      <w:r w:rsidR="00F91454">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>１</w:t>
       </w:r>
       <w:r w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F8443FD" w14:textId="77777777" w:rsidR="007461F8" w:rsidRPr="00C629A5" w:rsidRDefault="007461F8" w:rsidP="00484BB2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="312A5A17" w14:textId="77777777" w:rsidR="00AA385B" w:rsidRPr="00C629A5" w:rsidRDefault="00AA385B" w:rsidP="00DA627A">
@@ -914,124 +914,124 @@
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>５</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42BB61FE" w14:textId="603B9C4A" w:rsidR="004D1C53" w:rsidRDefault="00CD0706" w:rsidP="00C629A5">
+          <w:p w14:paraId="42BB61FE" w14:textId="61CBD8ED" w:rsidR="004D1C53" w:rsidRDefault="00BF292A" w:rsidP="00C629A5">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t>１６０</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD0706">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29AB35F3" w14:textId="1A1562CB" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00C629A5">
+          <w:p w14:paraId="29AB35F3" w14:textId="66F75101" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00C629A5">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>１０</w:t>
+              <w:t>１</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF292A">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>５</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D1C53" w14:paraId="49FBF372" w14:textId="77777777" w:rsidTr="00C629A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="732F91FE" w14:textId="76133E51" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00386F83">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
@@ -1077,124 +1077,142 @@
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>７０</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C527B96" w14:textId="08D3F7BC" w:rsidR="004D1C53" w:rsidRDefault="00CD0706" w:rsidP="00C629A5">
+          <w:p w14:paraId="4C527B96" w14:textId="410D78CA" w:rsidR="004D1C53" w:rsidRDefault="00CD0706" w:rsidP="00C629A5">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>８０</w:t>
+              <w:t>８</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF292A">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>５</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="135BF613" w14:textId="73FDADC2" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00C629A5">
+          <w:p w14:paraId="135BF613" w14:textId="1E5F0CF3" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00C629A5">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>１０</w:t>
+              <w:t>１</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF292A">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>５</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D1C53" w14:paraId="47D4BA53" w14:textId="77777777" w:rsidTr="00C629A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57F8E4A8" w14:textId="288EB5C0" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00386F83">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
@@ -1231,124 +1249,142 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>２００</w:t>
             </w:r>
             <w:r w:rsidR="004D1C53">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DEBD44E" w14:textId="71A912AA" w:rsidR="004D1C53" w:rsidRDefault="00CD0706" w:rsidP="00C629A5">
+          <w:p w14:paraId="0DEBD44E" w14:textId="6FCC5D20" w:rsidR="004D1C53" w:rsidRDefault="00CD0706" w:rsidP="00C629A5">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>１０</w:t>
+              <w:t>１</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF292A">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>５</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3C6AAA" w14:textId="46D46E46" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00C629A5">
+          <w:p w14:paraId="2B3C6AAA" w14:textId="1B2EF0E1" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00C629A5">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="00F043D7">
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>１０</w:t>
+              <w:t>１</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF292A">
+              <w:rPr>
+                <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>５</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>円</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D1C53" w14:paraId="14A9C9CC" w14:textId="77777777" w:rsidTr="00C629A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2005" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FD8EDB4" w14:textId="608C3356" w:rsidR="004D1C53" w:rsidRDefault="00F601CF" w:rsidP="00386F83">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:ind w:leftChars="0" w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
                 <w:b/>
@@ -1680,58 +1716,58 @@
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3513">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA385B" w:rsidRPr="00EB3513" w:rsidSect="000656B6">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E0B9DB7" w14:textId="77777777" w:rsidR="002D17A9" w:rsidRDefault="002D17A9" w:rsidP="001F4999">
+    <w:p w14:paraId="5BB31663" w14:textId="77777777" w:rsidR="00DF7596" w:rsidRDefault="00DF7596" w:rsidP="001F4999">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="738427A9" w14:textId="77777777" w:rsidR="002D17A9" w:rsidRDefault="002D17A9" w:rsidP="001F4999">
+    <w:p w14:paraId="318A23F3" w14:textId="77777777" w:rsidR="00DF7596" w:rsidRDefault="00DF7596" w:rsidP="001F4999">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
@@ -1810,58 +1846,58 @@
       <w:pStyle w:val="a5"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t xml:space="preserve">                                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="679704DB" w14:textId="77777777" w:rsidR="002D17A9" w:rsidRDefault="002D17A9" w:rsidP="001F4999">
+    <w:p w14:paraId="55212708" w14:textId="77777777" w:rsidR="00DF7596" w:rsidRDefault="00DF7596" w:rsidP="001F4999">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="148C7BD9" w14:textId="77777777" w:rsidR="002D17A9" w:rsidRDefault="002D17A9" w:rsidP="001F4999">
+    <w:p w14:paraId="73173B6E" w14:textId="77777777" w:rsidR="00DF7596" w:rsidRDefault="00DF7596" w:rsidP="001F4999">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31B78FA8" w14:textId="17A44490" w:rsidR="00C82589" w:rsidRPr="006A7E11" w:rsidRDefault="007461F8" w:rsidP="006A7E11">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="double"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:i/>
@@ -3366,231 +3402,241 @@
     <w:rsid w:val="00096CA3"/>
     <w:rsid w:val="000A64DC"/>
     <w:rsid w:val="000C55A6"/>
     <w:rsid w:val="000F1477"/>
     <w:rsid w:val="000F1A95"/>
     <w:rsid w:val="00110FC6"/>
     <w:rsid w:val="0011212D"/>
     <w:rsid w:val="00136410"/>
     <w:rsid w:val="0014139E"/>
     <w:rsid w:val="00142916"/>
     <w:rsid w:val="00142F99"/>
     <w:rsid w:val="00146155"/>
     <w:rsid w:val="00152971"/>
     <w:rsid w:val="00157369"/>
     <w:rsid w:val="001651C2"/>
     <w:rsid w:val="00192FCF"/>
     <w:rsid w:val="0019475F"/>
     <w:rsid w:val="001A2714"/>
     <w:rsid w:val="001B1312"/>
     <w:rsid w:val="001E1455"/>
     <w:rsid w:val="001F253B"/>
     <w:rsid w:val="001F4999"/>
     <w:rsid w:val="001F605F"/>
     <w:rsid w:val="00205541"/>
     <w:rsid w:val="00206F30"/>
+    <w:rsid w:val="00207F01"/>
+    <w:rsid w:val="00234192"/>
     <w:rsid w:val="00236B3B"/>
     <w:rsid w:val="00252692"/>
     <w:rsid w:val="00264299"/>
+    <w:rsid w:val="0027152B"/>
+    <w:rsid w:val="0027322F"/>
     <w:rsid w:val="0027383D"/>
     <w:rsid w:val="00292A77"/>
     <w:rsid w:val="002A2303"/>
     <w:rsid w:val="002B6926"/>
     <w:rsid w:val="002B7631"/>
     <w:rsid w:val="002C1FCC"/>
     <w:rsid w:val="002D17A9"/>
     <w:rsid w:val="002D586B"/>
     <w:rsid w:val="002F27B0"/>
     <w:rsid w:val="00305C1F"/>
     <w:rsid w:val="00325AB2"/>
     <w:rsid w:val="00345998"/>
     <w:rsid w:val="00357FDF"/>
     <w:rsid w:val="003740BE"/>
     <w:rsid w:val="00375F9C"/>
     <w:rsid w:val="003773E9"/>
     <w:rsid w:val="00386F83"/>
     <w:rsid w:val="0038761E"/>
     <w:rsid w:val="003A0F6A"/>
     <w:rsid w:val="003A3109"/>
     <w:rsid w:val="003A3D31"/>
     <w:rsid w:val="003A6BF8"/>
     <w:rsid w:val="003B61B7"/>
     <w:rsid w:val="003B74D7"/>
     <w:rsid w:val="003C0372"/>
     <w:rsid w:val="003E6B40"/>
     <w:rsid w:val="003F10C3"/>
     <w:rsid w:val="00411279"/>
     <w:rsid w:val="00415844"/>
     <w:rsid w:val="00420956"/>
     <w:rsid w:val="00460529"/>
     <w:rsid w:val="004649BE"/>
     <w:rsid w:val="00464E6E"/>
     <w:rsid w:val="004677AA"/>
     <w:rsid w:val="00484BB2"/>
     <w:rsid w:val="00485852"/>
     <w:rsid w:val="004A3543"/>
     <w:rsid w:val="004C30CD"/>
+    <w:rsid w:val="004C340D"/>
     <w:rsid w:val="004D1921"/>
     <w:rsid w:val="004D1C53"/>
     <w:rsid w:val="004E798E"/>
     <w:rsid w:val="004F13A2"/>
     <w:rsid w:val="00512451"/>
     <w:rsid w:val="005224CD"/>
     <w:rsid w:val="00522526"/>
     <w:rsid w:val="0052630D"/>
     <w:rsid w:val="00555609"/>
     <w:rsid w:val="00556D38"/>
     <w:rsid w:val="0057196A"/>
     <w:rsid w:val="005B0A92"/>
     <w:rsid w:val="005B52AE"/>
     <w:rsid w:val="005D6632"/>
     <w:rsid w:val="005E33B3"/>
     <w:rsid w:val="005F22A8"/>
     <w:rsid w:val="00604E0E"/>
     <w:rsid w:val="0061255A"/>
+    <w:rsid w:val="00617762"/>
     <w:rsid w:val="0062614E"/>
     <w:rsid w:val="0066775B"/>
     <w:rsid w:val="00667AA7"/>
     <w:rsid w:val="00670216"/>
     <w:rsid w:val="006731E5"/>
     <w:rsid w:val="006A6E50"/>
     <w:rsid w:val="006A7E11"/>
     <w:rsid w:val="006C4929"/>
     <w:rsid w:val="006E60F8"/>
     <w:rsid w:val="00725537"/>
     <w:rsid w:val="00731042"/>
     <w:rsid w:val="007461F8"/>
     <w:rsid w:val="00777361"/>
     <w:rsid w:val="00782D32"/>
     <w:rsid w:val="00786D88"/>
     <w:rsid w:val="007D654A"/>
     <w:rsid w:val="007E2676"/>
     <w:rsid w:val="007E65C9"/>
     <w:rsid w:val="0084261C"/>
     <w:rsid w:val="00847460"/>
     <w:rsid w:val="008520BC"/>
     <w:rsid w:val="0086512F"/>
     <w:rsid w:val="00866598"/>
     <w:rsid w:val="00870D7F"/>
     <w:rsid w:val="008C37FE"/>
     <w:rsid w:val="008D1C8C"/>
     <w:rsid w:val="008D3DCC"/>
     <w:rsid w:val="008D54A8"/>
     <w:rsid w:val="008E4192"/>
     <w:rsid w:val="009136CA"/>
     <w:rsid w:val="0092233D"/>
     <w:rsid w:val="00922554"/>
     <w:rsid w:val="00937333"/>
     <w:rsid w:val="0095693D"/>
+    <w:rsid w:val="0097100D"/>
     <w:rsid w:val="00973CA4"/>
     <w:rsid w:val="00975920"/>
     <w:rsid w:val="009842A4"/>
     <w:rsid w:val="009A2548"/>
     <w:rsid w:val="009A3662"/>
     <w:rsid w:val="009C2D89"/>
     <w:rsid w:val="009D2107"/>
     <w:rsid w:val="009D4494"/>
     <w:rsid w:val="009F1544"/>
     <w:rsid w:val="00A074A3"/>
     <w:rsid w:val="00A311C6"/>
     <w:rsid w:val="00A47E67"/>
     <w:rsid w:val="00A554E5"/>
     <w:rsid w:val="00A606F3"/>
     <w:rsid w:val="00A720FE"/>
     <w:rsid w:val="00AA2572"/>
     <w:rsid w:val="00AA385B"/>
     <w:rsid w:val="00AB20BF"/>
     <w:rsid w:val="00AB5809"/>
     <w:rsid w:val="00AE4E9A"/>
     <w:rsid w:val="00B04D38"/>
     <w:rsid w:val="00B0617A"/>
     <w:rsid w:val="00B07AC9"/>
     <w:rsid w:val="00B27DD9"/>
     <w:rsid w:val="00B407D3"/>
     <w:rsid w:val="00B70737"/>
     <w:rsid w:val="00B83FAC"/>
     <w:rsid w:val="00B91011"/>
     <w:rsid w:val="00B918A4"/>
     <w:rsid w:val="00B97C9D"/>
     <w:rsid w:val="00BB3201"/>
     <w:rsid w:val="00BB49DD"/>
     <w:rsid w:val="00BC3688"/>
+    <w:rsid w:val="00BF292A"/>
     <w:rsid w:val="00C06012"/>
     <w:rsid w:val="00C113E3"/>
     <w:rsid w:val="00C26F52"/>
     <w:rsid w:val="00C33CDA"/>
     <w:rsid w:val="00C368FD"/>
     <w:rsid w:val="00C422E9"/>
     <w:rsid w:val="00C51558"/>
     <w:rsid w:val="00C629A5"/>
     <w:rsid w:val="00C63355"/>
     <w:rsid w:val="00C815D0"/>
     <w:rsid w:val="00C82589"/>
     <w:rsid w:val="00C956F3"/>
     <w:rsid w:val="00CA6AE8"/>
     <w:rsid w:val="00CA6FFE"/>
     <w:rsid w:val="00CD0706"/>
     <w:rsid w:val="00CE6374"/>
     <w:rsid w:val="00CE686A"/>
     <w:rsid w:val="00D02AC3"/>
     <w:rsid w:val="00D20E86"/>
     <w:rsid w:val="00D21908"/>
     <w:rsid w:val="00D46536"/>
     <w:rsid w:val="00D54EDC"/>
     <w:rsid w:val="00D57C4C"/>
     <w:rsid w:val="00D6213B"/>
     <w:rsid w:val="00D84D9F"/>
     <w:rsid w:val="00D9430A"/>
     <w:rsid w:val="00D95AF6"/>
     <w:rsid w:val="00DA627A"/>
     <w:rsid w:val="00DD6615"/>
     <w:rsid w:val="00DE369B"/>
+    <w:rsid w:val="00DF7596"/>
     <w:rsid w:val="00E008E5"/>
     <w:rsid w:val="00E1279D"/>
     <w:rsid w:val="00E14892"/>
     <w:rsid w:val="00E2315B"/>
     <w:rsid w:val="00E31FF6"/>
     <w:rsid w:val="00E41215"/>
     <w:rsid w:val="00E44212"/>
     <w:rsid w:val="00E65E8A"/>
     <w:rsid w:val="00E72A1A"/>
     <w:rsid w:val="00E8548E"/>
     <w:rsid w:val="00E97AD4"/>
     <w:rsid w:val="00EA1627"/>
     <w:rsid w:val="00EB3513"/>
     <w:rsid w:val="00EC0397"/>
     <w:rsid w:val="00F043D7"/>
     <w:rsid w:val="00F158C3"/>
     <w:rsid w:val="00F368FD"/>
     <w:rsid w:val="00F418A3"/>
     <w:rsid w:val="00F44D14"/>
     <w:rsid w:val="00F51BD1"/>
     <w:rsid w:val="00F57B04"/>
     <w:rsid w:val="00F601CF"/>
     <w:rsid w:val="00F715F9"/>
     <w:rsid w:val="00F73C87"/>
     <w:rsid w:val="00F7659D"/>
+    <w:rsid w:val="00F91454"/>
     <w:rsid w:val="00F92A5A"/>
     <w:rsid w:val="00FB02F5"/>
     <w:rsid w:val="00FB4AAB"/>
     <w:rsid w:val="00FB7314"/>
     <w:rsid w:val="00FC3088"/>
     <w:rsid w:val="00FC5CA9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>