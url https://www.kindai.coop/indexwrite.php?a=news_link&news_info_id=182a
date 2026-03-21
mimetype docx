--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -523,73 +523,73 @@
     <w:p w14:paraId="6E36D5DF" w14:textId="453F80B8" w:rsidR="00DE369B" w:rsidRPr="00C629A5" w:rsidRDefault="00DE369B" w:rsidP="00DE369B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C629A5">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E7E2797" w14:textId="77777777" w:rsidR="00DE369B" w:rsidRPr="00EB3513" w:rsidRDefault="00DE369B" w:rsidP="00AA385B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72777056" w14:textId="2CD8ED89" w:rsidR="00937333" w:rsidRPr="00937333" w:rsidRDefault="00F601CF" w:rsidP="00937333">
+    <w:p w14:paraId="72777056" w14:textId="0BFEEF8A" w:rsidR="00937333" w:rsidRPr="00937333" w:rsidRDefault="00E37582" w:rsidP="00937333">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:leftChars="0"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>焼き立てパン</w:t>
+        <w:t>挽きたてコーヒー</w:t>
       </w:r>
       <w:r w:rsidR="00937333">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>販売価格</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63BAF610" w14:textId="6CA73705" w:rsidR="00386F83" w:rsidRDefault="004D1C53" w:rsidP="00386F83">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:leftChars="0" w:left="420"/>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
@@ -1506,58 +1506,58 @@
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3513">
         <w:rPr>
           <w:rFonts w:ascii="BIZ UDPゴシック" w:eastAsia="BIZ UDPゴシック" w:hAnsi="BIZ UDPゴシック" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AA385B" w:rsidRPr="00EB3513" w:rsidSect="000656B6">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1701" w:bottom="1701" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BC712B1" w14:textId="77777777" w:rsidR="0097274E" w:rsidRDefault="0097274E" w:rsidP="001F4999">
+    <w:p w14:paraId="1D4A5B99" w14:textId="77777777" w:rsidR="00CC5E35" w:rsidRDefault="00CC5E35" w:rsidP="001F4999">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02E73EE8" w14:textId="77777777" w:rsidR="0097274E" w:rsidRDefault="0097274E" w:rsidP="001F4999">
+    <w:p w14:paraId="0EB8701C" w14:textId="77777777" w:rsidR="00CC5E35" w:rsidRDefault="00CC5E35" w:rsidP="001F4999">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
@@ -1636,58 +1636,58 @@
       <w:pStyle w:val="a5"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
       <w:t xml:space="preserve">                                          </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:i/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BBD2B2D" w14:textId="77777777" w:rsidR="0097274E" w:rsidRDefault="0097274E" w:rsidP="001F4999">
+    <w:p w14:paraId="5BF99444" w14:textId="77777777" w:rsidR="00CC5E35" w:rsidRDefault="00CC5E35" w:rsidP="001F4999">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AC68F1F" w14:textId="77777777" w:rsidR="0097274E" w:rsidRDefault="0097274E" w:rsidP="001F4999">
+    <w:p w14:paraId="4799699A" w14:textId="77777777" w:rsidR="00CC5E35" w:rsidRDefault="00CC5E35" w:rsidP="001F4999">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31B78FA8" w14:textId="17A44490" w:rsidR="00C82589" w:rsidRPr="006A7E11" w:rsidRDefault="007461F8" w:rsidP="006A7E11">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:u w:val="double"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:i/>
@@ -3208,50 +3208,51 @@
     <w:rsid w:val="0019475F"/>
     <w:rsid w:val="001A2714"/>
     <w:rsid w:val="001B1312"/>
     <w:rsid w:val="001E1455"/>
     <w:rsid w:val="001F253B"/>
     <w:rsid w:val="001F4999"/>
     <w:rsid w:val="001F605F"/>
     <w:rsid w:val="00205541"/>
     <w:rsid w:val="00206F30"/>
     <w:rsid w:val="00236B3B"/>
     <w:rsid w:val="00252692"/>
     <w:rsid w:val="00264299"/>
     <w:rsid w:val="0027383D"/>
     <w:rsid w:val="00292A77"/>
     <w:rsid w:val="002A2303"/>
     <w:rsid w:val="002B6926"/>
     <w:rsid w:val="002B7631"/>
     <w:rsid w:val="002C1FCC"/>
     <w:rsid w:val="002D586B"/>
     <w:rsid w:val="002F27B0"/>
     <w:rsid w:val="00305C1F"/>
     <w:rsid w:val="00325AB2"/>
     <w:rsid w:val="00345998"/>
     <w:rsid w:val="0035617B"/>
     <w:rsid w:val="00357FDF"/>
+    <w:rsid w:val="00361023"/>
     <w:rsid w:val="003740BE"/>
     <w:rsid w:val="00375F9C"/>
     <w:rsid w:val="003773E9"/>
     <w:rsid w:val="00386F83"/>
     <w:rsid w:val="0038761E"/>
     <w:rsid w:val="003A0F6A"/>
     <w:rsid w:val="003A3109"/>
     <w:rsid w:val="003A3D31"/>
     <w:rsid w:val="003A6BF8"/>
     <w:rsid w:val="003B61B7"/>
     <w:rsid w:val="003B74D7"/>
     <w:rsid w:val="003C0372"/>
     <w:rsid w:val="003E6B40"/>
     <w:rsid w:val="003F10C3"/>
     <w:rsid w:val="00411279"/>
     <w:rsid w:val="00415844"/>
     <w:rsid w:val="00420956"/>
     <w:rsid w:val="00460529"/>
     <w:rsid w:val="004649BE"/>
     <w:rsid w:val="00464E6E"/>
     <w:rsid w:val="004677AA"/>
     <w:rsid w:val="00484BB2"/>
     <w:rsid w:val="00485852"/>
     <w:rsid w:val="004A3543"/>
     <w:rsid w:val="004C30CD"/>
@@ -3333,71 +3334,73 @@
     <w:rsid w:val="00B07AC9"/>
     <w:rsid w:val="00B27DD9"/>
     <w:rsid w:val="00B407D3"/>
     <w:rsid w:val="00B70737"/>
     <w:rsid w:val="00B83FAC"/>
     <w:rsid w:val="00B91011"/>
     <w:rsid w:val="00B918A4"/>
     <w:rsid w:val="00B97C9D"/>
     <w:rsid w:val="00BB3201"/>
     <w:rsid w:val="00BB49DD"/>
     <w:rsid w:val="00BC3688"/>
     <w:rsid w:val="00C06012"/>
     <w:rsid w:val="00C113E3"/>
     <w:rsid w:val="00C26F52"/>
     <w:rsid w:val="00C33CDA"/>
     <w:rsid w:val="00C368FD"/>
     <w:rsid w:val="00C422E9"/>
     <w:rsid w:val="00C51558"/>
     <w:rsid w:val="00C629A5"/>
     <w:rsid w:val="00C63355"/>
     <w:rsid w:val="00C815D0"/>
     <w:rsid w:val="00C82589"/>
     <w:rsid w:val="00C956F3"/>
     <w:rsid w:val="00CA6AE8"/>
     <w:rsid w:val="00CA6FFE"/>
+    <w:rsid w:val="00CC5E35"/>
     <w:rsid w:val="00CD0706"/>
     <w:rsid w:val="00CE6374"/>
     <w:rsid w:val="00CE686A"/>
     <w:rsid w:val="00D02AC3"/>
     <w:rsid w:val="00D20E86"/>
     <w:rsid w:val="00D21908"/>
     <w:rsid w:val="00D46536"/>
     <w:rsid w:val="00D54EDC"/>
     <w:rsid w:val="00D57C4C"/>
     <w:rsid w:val="00D6213B"/>
     <w:rsid w:val="00D84D9F"/>
     <w:rsid w:val="00D9430A"/>
     <w:rsid w:val="00D95AF6"/>
     <w:rsid w:val="00DA627A"/>
     <w:rsid w:val="00DD6615"/>
     <w:rsid w:val="00DE369B"/>
     <w:rsid w:val="00E008E5"/>
     <w:rsid w:val="00E1279D"/>
     <w:rsid w:val="00E14892"/>
     <w:rsid w:val="00E2315B"/>
     <w:rsid w:val="00E31FF6"/>
+    <w:rsid w:val="00E37582"/>
     <w:rsid w:val="00E41215"/>
     <w:rsid w:val="00E44212"/>
     <w:rsid w:val="00E65E8A"/>
     <w:rsid w:val="00E8548E"/>
     <w:rsid w:val="00E97AD4"/>
     <w:rsid w:val="00EA1627"/>
     <w:rsid w:val="00EB3513"/>
     <w:rsid w:val="00EC0397"/>
     <w:rsid w:val="00F043D7"/>
     <w:rsid w:val="00F158C3"/>
     <w:rsid w:val="00F368FD"/>
     <w:rsid w:val="00F418A3"/>
     <w:rsid w:val="00F44D14"/>
     <w:rsid w:val="00F51BD1"/>
     <w:rsid w:val="00F57B04"/>
     <w:rsid w:val="00F601CF"/>
     <w:rsid w:val="00F715F9"/>
     <w:rsid w:val="00F73C87"/>
     <w:rsid w:val="00F7659D"/>
     <w:rsid w:val="00F92A5A"/>
     <w:rsid w:val="00FB02F5"/>
     <w:rsid w:val="00FB4AAB"/>
     <w:rsid w:val="00FB7314"/>
     <w:rsid w:val="00FC3088"/>
     <w:rsid w:val="00FC5CA9"/>
@@ -4386,65 +4389,65 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1F266D7-FBCE-4B1E-9D37-C0738AF23364}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>69</Words>
-  <Characters>395</Characters>
+  <Characters>397</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>uw</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>463</CharactersWithSpaces>
+  <CharactersWithSpaces>465</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>coop</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>